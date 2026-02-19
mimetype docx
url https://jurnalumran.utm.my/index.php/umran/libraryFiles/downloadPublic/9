--- v0 (2025-10-04)
+++ v1 (2026-02-19)
@@ -1,5014 +1,6936 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-[...14 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">To: </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Chief Editor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00417BE8" w:rsidRPr="00790B1F">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UMRAN – International Journal of Islamic and Civilizational Studies</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>Editor</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Penerbit UTM Press</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="003D158D" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-          <w:i/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>UMRAN – International Journal of Islamic and Civilizational Studies</w:t>
+        <w:t xml:space="preserve">Universiti Teknologi Malaysia, 81310 UTM Johor Bahru, Johor,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:tab/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Malaysia</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>Penerbit</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> UTM Press</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="00E03C52">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Clarendon Condensed" w:cs="Clarendon Condensed" w:eastAsia="Clarendon Condensed" w:hAnsi="Clarendon Condensed"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Clarendon Condensed" w:cs="Clarendon Condensed" w:eastAsia="Clarendon Condensed" w:hAnsi="Clarendon Condensed"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear Sir / Madam, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...78 lines deleted...]
-        <w:t>,</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C1433B" w:rsidRPr="00790B1F" w:rsidRDefault="00C1433B" w:rsidP="00C1433B">
-[...115 lines deleted...]
-    <w:p w:rsidR="00A50B62" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="00A50B62">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...3 lines deleted...]
-          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="943734"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...5 lines deleted...]
-          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="943734"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SUBMISSION OF ARTICLE FOR </w:t>
       </w:r>
-      <w:r w:rsidR="003D158D">
-[...7 lines deleted...]
-          <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="943734"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-        </w:rPr>
-        <w:t>UMRAN</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UMRAN</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A50B62" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A50B62" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>The above matter is referred.</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The above matter is referred.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A50B62" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>2.</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">I am sending herewith a copy of the manuscript, which I would like to submit to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:tab/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UMRAN</w:t>
       </w:r>
-      <w:r w:rsidR="009F3021" w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">I am sending herewith a copy of the manuscript, which I would like to submit to </w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
-      <w:r w:rsidR="003D158D" w:rsidRPr="003D158D">
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="8919.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="108.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="5550"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="3369"/>
+            <w:gridCol w:w="5550"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidTr="00790B1F">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="482" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00417BE8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The paper is entitled : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:shd w:fill="ebf1dd" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidTr="00790B1F">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="482" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00417BE8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corresponding Author : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:shd w:fill="ebf1dd" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidTr="00790B1F">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="482" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="000360E7">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...34 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:shd w:fill="ebf1dd" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="00790B1F">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="482" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="000360E7">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...16 lines deleted...]
-              <w:t>Address :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:shd w:fill="ebf1dd" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="00790B1F">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="482" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00417BE8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:shd w:fill="ebf1dd" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F3021" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001E1297" w:rsidRPr="00790B1F" w:rsidRDefault="001E1297" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>3.</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">I hereby certify that: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00202D6B" w:rsidRPr="00790B1F" w:rsidRDefault="00202D6B" w:rsidP="009F3021">
-[...10 lines deleted...]
-    <w:p w:rsidR="00202D6B" w:rsidRPr="001E1297" w:rsidRDefault="00202D6B" w:rsidP="00A50B62">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:eastAsia="Calibri" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...3 lines deleted...]
-          <w:color w:val="C00000"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="c00000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1297">
-[...5 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="c00000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-        <w:t>The article represents original work, that has not been published or under consideration for publication elsewhere.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The article represents original work and has not been published nor is it under consideration for publication elsewhere. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00202D6B" w:rsidRPr="001E1297" w:rsidRDefault="00202D6B" w:rsidP="00A50B62">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:eastAsia="Calibri" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...3 lines deleted...]
-          <w:color w:val="C00000"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="c00000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1297">
-[...5 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="c00000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-[...116 lines deleted...]
-        <w:t>.</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All authors listed in this article have read and approved the final manuscript and have agreed to its submission and publication in UMRAN.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527938" w:rsidRPr="001E1297" w:rsidRDefault="00527938" w:rsidP="003D158D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="1418" w:hanging="698"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:eastAsia="Calibri" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...5 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1297">
-[...45 lines deleted...]
-        <w:t>UMRAN</w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001E1297" w:rsidRPr="00790B1F" w:rsidRDefault="001E1297" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.</w:t>
         <w:tab/>
-      </w:r>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Three Potential Reviewers are as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="001E1297" w:rsidRDefault="000C3117" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="7030A0"/>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="7030a0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1297">
-[...3 lines deleted...]
-          <w:color w:val="7030A0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="7030a0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Criteria of a </w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Criteria of a reviewer : </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-          <w:color w:val="7030A0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="7030a0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>reviewer :</w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ph.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-          <w:color w:val="7030A0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="7030a0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> each.</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D level at least, KNOWN ACTIVE reviewing articles and from a ​​different Professional Organisation/University each.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C3117" w:rsidRPr="00790B1F" w:rsidRDefault="000C3117" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-          <w:color w:val="7030A0"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="7030a0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9072.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="108.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="820"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="6835"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="820"/>
+            <w:gridCol w:w="1417"/>
+            <w:gridCol w:w="6835"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="006573D5" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006573D5">
-[...33 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.1 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00417BE8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...15 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="548"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="548" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="002F5156" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00417BE8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417BE8" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00D66075">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>E-mail :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-mail :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00616ADA">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Reviewing Interest / Expertise :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reviewing Interest / Expertise :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidRDefault="000360E7" w:rsidP="002F5156">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="0070C0"/>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E1297">
-[...3 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>This reviewer should come from a different organization from the author.</w:t>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This reviewer should come from a different organization from the author.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="006573D5" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006573D5">
-[...33 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.2 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Name :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="558"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="558" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Address :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>E-mail :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-mail :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00616ADA">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Reviewing Interest / Expertise :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reviewing Interest / Expertise :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidRDefault="000360E7" w:rsidP="001E1297">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="0070C0"/>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E1297">
-[...3 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>.</w:t>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This reviewer should come from a different organization from the author and reviewer 4.1.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="006573D5" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006573D5">
-[...33 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.3 </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Name :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="592"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="592" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Address :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>E-mail :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-mail :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="006573D5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...7 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00616ADA">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-              <w:ind w:left="34"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...6 lines deleted...]
-              <w:t>Reviewing Interest / Expertise :</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reviewing Interest / Expertise :</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="00790B1F" w:rsidRDefault="000360E7" w:rsidP="00F27A52">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidTr="001E1297">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="425" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidRDefault="000360E7" w:rsidP="002D0482">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E1297">
-[...3 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">This reviewer should come from a different organization from the author, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000360E7" w:rsidRPr="001E1297" w:rsidRDefault="001E1297" w:rsidP="001E1297">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="0070C0"/>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="0070c0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...41 lines deleted...]
-              <w:t>2.</w:t>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reviewer 4.1 and reviewer 4.2.</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C43892" w:rsidRDefault="00C43892" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00044ABB" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-          <w:i/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I hope your favorable consideration for publication to </w:t>
       </w:r>
-      <w:r w:rsidR="003D158D" w:rsidRPr="003D158D">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>UMRAN</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UMRAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00044ABB" w:rsidRPr="00790B1F" w:rsidRDefault="00044ABB" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-          <w:i/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C43892" w:rsidRDefault="00C43892" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="00A50B62" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>Thank you.</w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thank you.</w:t>
       </w:r>
-      <w:r w:rsidR="009F3021" w:rsidRPr="00790B1F">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="009F3021" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00044ABB" w:rsidRDefault="00044ABB" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C43892" w:rsidRPr="00790B1F" w:rsidRDefault="00C43892" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F3021" w:rsidRPr="00790B1F" w:rsidRDefault="00417BE8" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B1F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">incerely, </w:t>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yours sincerely, </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="8210.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="817.0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1832"/>
         <w:gridCol w:w="6378"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1832"/>
+            <w:gridCol w:w="6378"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="000360E7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="005A7CFE">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature</w:t>
               <w:tab/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="000360E7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name</w:t>
               <w:tab/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="005A7CFE">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="802"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="802" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="000360E7">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address</w:t>
               <w:tab/>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="000360E7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:eastAsia="Calibri" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...1 lines deleted...]
-                <w:noProof/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...26 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tel. No</w:t>
               <w:tab/>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="000360E7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-[...1 lines deleted...]
-                <w:noProof/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...26 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fax. No</w:t>
               <w:tab/>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidTr="000360E7">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B1F">
-[...26 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date</w:t>
               <w:tab/>
-            </w:r>
-[...7 lines deleted...]
-              </w:rPr>
               <w:tab/>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+            <w:shd w:fill="e5dfec" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A7CFE" w:rsidRPr="00790B1F" w:rsidRDefault="005A7CFE" w:rsidP="009F3021">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
+                <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00202D6B" w:rsidRPr="00790B1F" w:rsidRDefault="00202D6B" w:rsidP="00202D6B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:eastAsia="Calibri" w:hAnsi="Arial Rounded MT Bold" w:cs="Tahoma"/>
-          <w:noProof/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00202D6B" w:rsidRPr="00790B1F" w:rsidRDefault="00202D6B" w:rsidP="009F3021">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial Rounded" w:cs="Arial Rounded" w:eastAsia="Arial Rounded" w:hAnsi="Arial Rounded"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00202D6B" w:rsidRPr="00790B1F" w:rsidSect="00F65C4E">
-[...5 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:headerReference r:id="rId7" w:type="default"/>
+      <w:headerReference r:id="rId8" w:type="first"/>
+      <w:headerReference r:id="rId9" w:type="even"/>
+      <w:footerReference r:id="rId10" w:type="default"/>
+      <w:footerReference r:id="rId11" w:type="first"/>
+      <w:footerReference r:id="rId12" w:type="even"/>
+      <w:pgSz w:h="16839" w:w="11907" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...5 lines deleted...]
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Times New Roman"/>
+  <w:font w:name="Verdana"/>
+  <w:font w:name="Overlock">
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+    <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
+    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...69 lines deleted...]
-  </w:font>
+  <w:font w:name="Arial Rounded"/>
+  <w:font w:name="Century"/>
+  <w:font w:name="Clarendon Condensed"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblStyle w:val="Table5"/>
+      <w:tblW w:w="9027.0" w:type="dxa"/>
+      <w:jc w:val="left"/>
       <w:tblBorders>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
       </w:tblBorders>
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="0400"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4521"/>
       <w:gridCol w:w="4506"/>
+      <w:tblGridChange w:id="0">
+        <w:tblGrid>
+          <w:gridCol w:w="4521"/>
+          <w:gridCol w:w="4506"/>
+        </w:tblGrid>
+      </w:tblGridChange>
     </w:tblGrid>
-    <w:tr w:rsidR="006663E7" w:rsidTr="006663E7">
+    <w:tr>
+      <w:trPr>
+        <w:cantSplit w:val="0"/>
+        <w:tblHeader w:val="0"/>
+      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4621" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="006663E7" w:rsidRDefault="006663E7" w:rsidP="004B3D1F">
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
           <w:pPr>
-            <w:pStyle w:val="Default"/>
+            <w:keepNext w:val="0"/>
+            <w:keepLines w:val="0"/>
+            <w:pageBreakBefore w:val="0"/>
+            <w:widowControl w:val="1"/>
+            <w:pBdr>
+              <w:top w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:space="0" w:sz="0" w:val="nil"/>
+              <w:between w:space="0" w:sz="0" w:val="nil"/>
+            </w:pBdr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="both"/>
             <w:rPr>
+              <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00114ACD">
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
-              <w:b/>
-              <w:color w:val="FF0000"/>
+              <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="ff0000"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t>*</w:t>
+            <w:t xml:space="preserve">*</w:t>
           </w:r>
-          <w:r w:rsidRPr="00F65C4E">
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
-              <w:b/>
-              <w:color w:val="FF0000"/>
+              <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="ff0000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t>Compulsory fields</w:t>
+            <w:t xml:space="preserve">Compulsory fields</w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4622" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="006663E7" w:rsidRPr="004B3D1F" w:rsidRDefault="003D158D" w:rsidP="004B3D1F">
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
           <w:pPr>
-            <w:pStyle w:val="Default"/>
+            <w:keepNext w:val="0"/>
+            <w:keepLines w:val="0"/>
+            <w:pageBreakBefore w:val="0"/>
+            <w:widowControl w:val="1"/>
+            <w:pBdr>
+              <w:top w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:space="0" w:sz="0" w:val="nil"/>
+              <w:between w:space="0" w:sz="0" w:val="nil"/>
+            </w:pBdr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
+              <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003D158D">
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
+              <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:u w:val="single"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t>UMRAN</w:t>
+            <w:t xml:space="preserve">UMRAN</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00F65C4E" w:rsidRPr="004B3D1F" w:rsidRDefault="00F65C4E" w:rsidP="004B3D1F">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
     <w:pPr>
-      <w:pStyle w:val="Default"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
+        <w:rFonts w:ascii="Century" w:cs="Century" w:eastAsia="Century" w:hAnsi="Century"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:footnotes>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid"/>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblStyle w:val="Table4"/>
+      <w:tblW w:w="7882.0" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
-        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+        <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
       </w:tblBorders>
-      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="0400"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1756"/>
-      <w:gridCol w:w="4435"/>
+      <w:gridCol w:w="2235"/>
+      <w:gridCol w:w="5647"/>
+      <w:tblGridChange w:id="0">
+        <w:tblGrid>
+          <w:gridCol w:w="2235"/>
+          <w:gridCol w:w="5647"/>
+        </w:tblGrid>
+      </w:tblGridChange>
     </w:tblGrid>
-    <w:tr w:rsidR="003760FA" w:rsidTr="003760FA">
+    <w:tr>
       <w:trPr>
-        <w:jc w:val="center"/>
+        <w:cantSplit w:val="0"/>
+        <w:trHeight w:val="525" w:hRule="atLeast"/>
+        <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1756" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="003760FA" w:rsidRDefault="003760FA" w:rsidP="003760FA">
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:keepNext w:val="0"/>
+            <w:keepLines w:val="0"/>
+            <w:pageBreakBefore w:val="0"/>
+            <w:widowControl w:val="1"/>
+            <w:pBdr>
+              <w:top w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:space="0" w:sz="0" w:val="nil"/>
+              <w:between w:space="0" w:sz="0" w:val="nil"/>
+            </w:pBdr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tabs>
+              <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+              <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-              <w:color w:val="1F1F1F"/>
+              <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1f1f1f"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:highlight w:val="white"/>
+              <w:u w:val="none"/>
+              <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-              <w:color w:val="1F1F1F"/>
+              <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1f1f1f"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:lang w:val="en-MY" w:eastAsia="en-MY"/>
+              <w:highlight w:val="white"/>
+              <w:u w:val="none"/>
+              <w:vertAlign w:val="baseline"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D446B7E" wp14:editId="24DCA1BC">
-[...6 lines deleted...]
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <wp:inline distB="0" distT="0" distL="0" distR="0">
+                <wp:extent cx="918256" cy="315037"/>
+                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:docPr id="2" name="image1.png"/>
+                <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="74_logo_baru_utm.png"/>
-                        <pic:cNvPicPr/>
+                        <pic:cNvPr id="0" name="image1.png"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                        </a:blip>
+                        <a:blip r:embed="rId1"/>
+                        <a:srcRect b="0" l="0" r="0" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="918256" cy="315037"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                        </a:prstGeom>
+                        <a:prstGeom prst="rect"/>
+                        <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4435" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="003760FA" w:rsidRPr="003760FA" w:rsidRDefault="003760FA" w:rsidP="003760FA">
+        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:keepNext w:val="0"/>
+            <w:keepLines w:val="0"/>
+            <w:pageBreakBefore w:val="0"/>
+            <w:widowControl w:val="1"/>
+            <w:pBdr>
+              <w:top w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:space="0" w:sz="0" w:val="nil"/>
+              <w:between w:space="0" w:sz="0" w:val="nil"/>
+            </w:pBdr>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tabs>
+              <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+              <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:b/>
+              <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003760FA">
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
-              <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="1f1f1f"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:highlight w:val="white"/>
+              <w:u w:val="none"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t>Copyright Transfer Agreement</w:t>
+            <w:t xml:space="preserve">Author Declaration Form</w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="003760FA" w:rsidRDefault="003760FA"/>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+    <w:pPr>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4536"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="64881DA6"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...19 lines deleted...]
-      <w:lvlText w:val="(%1)"/>
+      <w:lvlText w:val="3.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...176 lines deleted...]
-      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
-[...13 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...80 lines deleted...]
-  <w:themeFontLang w:val="en-MY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...7 lines deleted...]
-  <w15:docId w15:val="{F6088B4A-6BD7-4804-984A-F4098973F675}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr/>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...380 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF59E1"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="1"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
       <w:jc w:val="both"/>
-      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:szCs w:val="20"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF59E1"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF59E1"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="1"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:szCs w:val="20"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00202D6B"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="1"/>
       <w:jc w:val="both"/>
-      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Berlin Sans FB Demi" w:eastAsia="Times New Roman" w:hAnsi="Berlin Sans FB Demi" w:cs="Tahoma"/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Overlock" w:cs="Overlock" w:eastAsia="Overlock" w:hAnsi="Overlock"/>
       <w:sz w:val="22"/>
-      <w:lang w:val="en-US"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF59E1"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="1"/>
       <w:tabs>
-        <w:tab w:val="right" w:pos="8280"/>
+        <w:tab w:val="right" w:leader="none" w:pos="8280"/>
       </w:tabs>
-      <w:spacing w:line="360" w:lineRule="atLeast"/>
-      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00CF59E1"/>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00CF59E1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00CF59E1"/>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:rsid w:val="00CF59E1"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:rsid w:val="00CF59E1"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="009F3021"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century" w:hAnsi="Century" w:cs="Century"/>
+      <w:rFonts w:ascii="Century" w:cs="Century" w:hAnsi="Century"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="009F3021"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000ff" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00202D6B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Berlin Sans FB Demi" w:eastAsia="Times New Roman" w:hAnsi="Berlin Sans FB Demi" w:cs="Tahoma"/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Berlin Sans FB Demi" w:cs="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Berlin Sans FB Demi"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:rsid w:val="00202D6B"/>
     <w:pPr>
       <w:ind w:left="5760" w:hanging="5760"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:eastAsia="Times New Roman" w:hAnsi="Courier"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="00202D6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:eastAsia="Times New Roman" w:hAnsi="Courier"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00417BE8"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:left w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:bottom w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:right w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideH w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00F65C4E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F65C4E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00F65C4E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F65C4E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="003760FA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:semiHidden w:val="1"/>
     <w:rsid w:val="003760FA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table3">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table4">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Overlock-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Overlock-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Overlock-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Overlock-boldItalic.ttf"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5251,74 +7173,50 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</Properties>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miCS8MfJTpAW9ihty1HA9LtY9nWpQ==">CgMxLjA4AHIhMVNNYXlpTXFhTXQyUmE2UWpQNVU1U0VYcmVXUkptN2d6</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Hapizah Mohammad</dc:creator>
-  <cp:keywords/>
-[...4 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>