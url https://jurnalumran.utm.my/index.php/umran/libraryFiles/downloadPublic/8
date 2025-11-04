--- v0 (2025-10-01)
+++ v1 (2025-11-04)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5CD5CD24" w14:textId="7ED600A2" w:rsidR="00293AC9" w:rsidRDefault="00293AC9" w:rsidP="00293AC9">
       <w:pPr>
         <w:pStyle w:val="ATitle"/>
       </w:pPr>
       <w:r>
         <w:t>Title of the Article</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112BC7A8" w14:textId="77777777" w:rsidR="00293AC9" w:rsidRPr="00205595" w:rsidRDefault="00293AC9" w:rsidP="00293AC9">
       <w:pPr>
         <w:pStyle w:val="ATitleTranslate"/>
       </w:pPr>
       <w:r>
         <w:t>Title in English Language if the main article is in Malay</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579728E2" w14:textId="77777777" w:rsidR="00293AC9" w:rsidRPr="00722E9F" w:rsidRDefault="00293AC9" w:rsidP="00293AC9">
       <w:pPr>
         <w:pStyle w:val="BBAuthorName"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ms-MY"/>
         </w:rPr>
       </w:pPr>
@@ -3438,299 +3438,283 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6AA280" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00666C4F" w:rsidRPr="00A43A08" w14:paraId="2E6CCC91" w14:textId="77777777" w:rsidTr="00BB3C37">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14CCFA74" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:t>RH1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B0F28F" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Name 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D561731" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:r w:rsidRPr="00AD2643">
               <w:t>Item 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AC471F8" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>3 Mei 2013.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D54EF4B" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00666C4F" w:rsidRPr="00A43A08" w14:paraId="17A9DA3D" w14:textId="77777777" w:rsidTr="00BB3C37">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EF0929F" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:t>RH2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E359D3B" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Name 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39DD8E24" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:r w:rsidRPr="00AD2643">
               <w:t>Item 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03A2CD47" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>29 Mac 2013.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00666C4F" w:rsidRPr="00A43A08" w14:paraId="2B8B3371" w14:textId="77777777" w:rsidTr="00BB3C37">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A260789" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:t>RH3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FFC0782" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="ms-MY"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Name 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12B8DFEB" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:r w:rsidRPr="00AD2643">
               <w:t>Item 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5972FE1B" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>14 Disember 2012.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00666C4F" w:rsidRPr="00A43A08" w14:paraId="1BA073F6" w14:textId="77777777" w:rsidTr="00BB3C37">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16414388" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:t>RH4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60C864D6" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Name 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02D15AEF" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:r w:rsidRPr="00AD2643">
               <w:t>Item 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349A3999" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:r w:rsidRPr="00A43A08">
               <w:rPr>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>14 Disember 2012.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="758D5285" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRDefault="00666C4F" w:rsidP="00666C4F">
       <w:pPr>
         <w:pStyle w:val="TAMainText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49A3B453" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="006B58DB" w:rsidRDefault="00666C4F" w:rsidP="00666C4F">
       <w:pPr>
         <w:pStyle w:val="TAMainText"/>
       </w:pPr>
@@ -4226,59 +4210,51 @@
       </w:r>
       <w:r w:rsidRPr="00033A02">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Muzakarah Penasihat Syariah Kewangan Islam 2011 Kali Ke-6, Hotel Istana, Kuala Lumpur</w:t>
       </w:r>
       <w:r w:rsidRPr="00033A02">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>. Kuala Lumpur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E9DFB7" w14:textId="5F222D41" w:rsidR="00666C4F" w:rsidRPr="00033A02" w:rsidRDefault="00666C4F" w:rsidP="00666C4F">
       <w:pPr>
         <w:pStyle w:val="referenceitem"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033A02">
-        <w:t xml:space="preserve">Dana </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Dana Kewangan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00033A02">
         <w:t>Antarabangsa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F86031">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00033A02">
         <w:t>(IMF)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00033A02">
         <w:t xml:space="preserve">(2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00033A02">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Islamic Finance: Opportunities, Challenges, and Policy Options</w:t>
       </w:r>
@@ -4697,76 +4673,76 @@
       <w:pPr>
         <w:pStyle w:val="referenceitem"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B4858" w:rsidRPr="00792083" w:rsidSect="00C4795C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="782F7F8C" w14:textId="77777777" w:rsidR="00C4795C" w:rsidRDefault="00C4795C" w:rsidP="007C0F25">
+    <w:p w14:paraId="69A0B08A" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E10BC15" w14:textId="77777777" w:rsidR="00C4795C" w:rsidRDefault="00C4795C" w:rsidP="007C0F25">
+    <w:p w14:paraId="533EAD33" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4820,51 +4796,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="709E6764" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08" w:rsidP="00774493">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
@@ -4879,98 +4855,98 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve">PAGE  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="50186104" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08">
     <w:pPr>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="313B0E7F" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08" w:rsidP="003F1787">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AE0E4A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="349E812B" w14:textId="63BA87B8" w:rsidR="002317C2" w:rsidRPr="004D7F7E" w:rsidRDefault="002317C2" w:rsidP="002317C2">
     <w:pPr>
       <w:pStyle w:val="Copyright"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="2" w:name="_Hlk159401004"/>
     <w:r w:rsidRPr="00B226E2">
       <w:t xml:space="preserve">© </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00446FB4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -4979,76 +4955,76 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="004D7F7E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>Penerbit UTM Press. All rights</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> reserved.</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="2"/>
   <w:p w14:paraId="43F4A596" w14:textId="77777777" w:rsidR="002317C2" w:rsidRDefault="002317C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="215C7BD3" w14:textId="77777777" w:rsidR="00C4795C" w:rsidRDefault="00C4795C" w:rsidP="007C0F25">
+    <w:p w14:paraId="3F28F63A" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CFF526F" w14:textId="77777777" w:rsidR="00C4795C" w:rsidRDefault="00C4795C" w:rsidP="007C0F25">
+    <w:p w14:paraId="0268AE47" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7707E635" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F86031">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t>Author</w:t>
     </w:r>
     <w:r w:rsidR="00666C4F" w:rsidRPr="00F86031">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t>(s)</w:t>
     </w:r>
     <w:r w:rsidRPr="00F86031">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t xml:space="preserve"> / UMRAN – International Journal of Islamic and Civilizational Studies. vol. x, </w:t>
@@ -5094,129 +5070,145 @@
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00124876">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t>n1.689</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7AB54FB9" w14:textId="77777777" w:rsidR="00124876" w:rsidRPr="004D1574" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="FooterFirstPage"/>
       <w:spacing w:after="0"/>
       <w:ind w:firstLine="720"/>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D974B56" w14:textId="77777777" w:rsidR="00124876" w:rsidRPr="00181A42" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00181A42">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve">UMRAN - International Journal of Islamic and Civilizational Studies </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2031E681" w14:textId="77777777" w:rsidR="00124876" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>http://jurnalumran.utm.my</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3564A88C" w14:textId="77777777" w:rsidR="00124876" w:rsidRPr="004D1574" w:rsidRDefault="00124876" w:rsidP="00124876">
+  <w:p w14:paraId="3564A88C" w14:textId="62234EE5" w:rsidR="00124876" w:rsidRPr="004D1574" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>eISSN</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t>289-9204</w:t>
+      <w:t>289-</w:t>
+    </w:r>
+    <w:r w:rsidR="00B9407D">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>204</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C696E790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7025,51 +7017,51 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1685089855">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1459958360">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="530335929">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="128059405">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1787508164">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="296103707">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -7211,50 +7203,51 @@
     <w:rsid w:val="002067FC"/>
     <w:rsid w:val="00207D93"/>
     <w:rsid w:val="0021067F"/>
     <w:rsid w:val="00212A05"/>
     <w:rsid w:val="0021376E"/>
     <w:rsid w:val="002146D0"/>
     <w:rsid w:val="00215161"/>
     <w:rsid w:val="0021573A"/>
     <w:rsid w:val="00220447"/>
     <w:rsid w:val="00222B8A"/>
     <w:rsid w:val="002317C2"/>
     <w:rsid w:val="00232803"/>
     <w:rsid w:val="00235BA7"/>
     <w:rsid w:val="0024039F"/>
     <w:rsid w:val="00255880"/>
     <w:rsid w:val="00256152"/>
     <w:rsid w:val="00262DF6"/>
     <w:rsid w:val="00263B37"/>
     <w:rsid w:val="0026589E"/>
     <w:rsid w:val="00276820"/>
     <w:rsid w:val="00276A98"/>
     <w:rsid w:val="00277A21"/>
     <w:rsid w:val="00281773"/>
     <w:rsid w:val="0028690B"/>
     <w:rsid w:val="00293AC9"/>
+    <w:rsid w:val="002944A9"/>
     <w:rsid w:val="002957CA"/>
     <w:rsid w:val="00297590"/>
     <w:rsid w:val="002B0597"/>
     <w:rsid w:val="002B144B"/>
     <w:rsid w:val="002B1C92"/>
     <w:rsid w:val="002B2E2C"/>
     <w:rsid w:val="002C1EB4"/>
     <w:rsid w:val="002C72DE"/>
     <w:rsid w:val="002D3FA4"/>
     <w:rsid w:val="002F0282"/>
     <w:rsid w:val="002F160B"/>
     <w:rsid w:val="002F1AF1"/>
     <w:rsid w:val="002F58B6"/>
     <w:rsid w:val="003012DB"/>
     <w:rsid w:val="003066B8"/>
     <w:rsid w:val="00306963"/>
     <w:rsid w:val="00307B8E"/>
     <w:rsid w:val="00310E58"/>
     <w:rsid w:val="00313289"/>
     <w:rsid w:val="0031519A"/>
     <w:rsid w:val="00324AD4"/>
     <w:rsid w:val="00325AA4"/>
     <w:rsid w:val="00327390"/>
     <w:rsid w:val="003308D7"/>
     <w:rsid w:val="0033139E"/>
@@ -7664,51 +7657,53 @@
     <w:rsid w:val="00B07E66"/>
     <w:rsid w:val="00B10656"/>
     <w:rsid w:val="00B14068"/>
     <w:rsid w:val="00B169B6"/>
     <w:rsid w:val="00B21771"/>
     <w:rsid w:val="00B226A2"/>
     <w:rsid w:val="00B2304A"/>
     <w:rsid w:val="00B23BD0"/>
     <w:rsid w:val="00B262A5"/>
     <w:rsid w:val="00B319AB"/>
     <w:rsid w:val="00B346AB"/>
     <w:rsid w:val="00B43A5D"/>
     <w:rsid w:val="00B46845"/>
     <w:rsid w:val="00B47879"/>
     <w:rsid w:val="00B5109A"/>
     <w:rsid w:val="00B61B0D"/>
     <w:rsid w:val="00B63715"/>
     <w:rsid w:val="00B71FAA"/>
     <w:rsid w:val="00B73CDE"/>
     <w:rsid w:val="00B742CE"/>
     <w:rsid w:val="00B7499F"/>
     <w:rsid w:val="00B7626D"/>
     <w:rsid w:val="00B779F1"/>
     <w:rsid w:val="00B81A8E"/>
     <w:rsid w:val="00B85801"/>
+    <w:rsid w:val="00B9407D"/>
     <w:rsid w:val="00BA4EC3"/>
+    <w:rsid w:val="00BA6C9F"/>
     <w:rsid w:val="00BB055D"/>
     <w:rsid w:val="00BB153D"/>
     <w:rsid w:val="00BB4A86"/>
     <w:rsid w:val="00BB5398"/>
     <w:rsid w:val="00BB69BC"/>
     <w:rsid w:val="00BC07D9"/>
     <w:rsid w:val="00BC181E"/>
     <w:rsid w:val="00BC3112"/>
     <w:rsid w:val="00BC3D04"/>
     <w:rsid w:val="00BC454E"/>
     <w:rsid w:val="00BC4F82"/>
     <w:rsid w:val="00BC6952"/>
     <w:rsid w:val="00BD269E"/>
     <w:rsid w:val="00BD42F0"/>
     <w:rsid w:val="00BE0276"/>
     <w:rsid w:val="00BE31FD"/>
     <w:rsid w:val="00BE7E3A"/>
     <w:rsid w:val="00BF09CD"/>
     <w:rsid w:val="00BF0C6A"/>
     <w:rsid w:val="00BF45C8"/>
     <w:rsid w:val="00BF7FAF"/>
     <w:rsid w:val="00C022C9"/>
     <w:rsid w:val="00C1118C"/>
     <w:rsid w:val="00C13248"/>
     <w:rsid w:val="00C13691"/>
@@ -7939,51 +7934,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="07DAE2CB"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-MY" w:eastAsia="en-MY" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9936,51 +9931,51 @@
     <w:name w:val="A_Title_Translate"/>
     <w:basedOn w:val="ATitle"/>
     <w:next w:val="BAAuthorName"/>
     <w:qFormat/>
     <w:rsid w:val="00DC168A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-MY"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003A4853"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="97604177">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ceif.iba.edu.pk/pdf/ThomsonReuters-LiquidityManagementThroughSukukInnovativeSolutions.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -10227,74 +10222,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1337</Words>
-  <Characters>7622</Characters>
+  <Words>1296</Words>
+  <Characters>7663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>478</Lines>
+  <Paragraphs>358</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8942</CharactersWithSpaces>
+  <CharactersWithSpaces>8601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>589901</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www2.esyariah.gov.my/esyariah/mal/portalv1/enakmen/State_Enact_Upd.nsf/f831ccddd195843f48256fc600141e84/ca9cc9e2f91e354748257115000d69dd?OpenDocument</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4063307</vt:i4>
       </vt:variant>
       <vt:variant>