--- v1 (2025-11-04)
+++ v2 (2026-02-18)
@@ -105,54 +105,54 @@
         <w:pStyle w:val="BCAuthorAddress"/>
         <w:rPr>
           <w:lang w:val="ms-MY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722E9F">
         <w:rPr>
           <w:lang w:val="ms-MY"/>
         </w:rPr>
         <w:t xml:space="preserve">*Corresponding author:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="ms-MY"/>
         </w:rPr>
         <w:t xml:space="preserve">email address@email.com </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D5AE0B" w14:textId="77777777" w:rsidR="00F04CBD" w:rsidRPr="00F04CBD" w:rsidRDefault="00F04CBD" w:rsidP="00F04CBD"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5044" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2337"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2308"/>
+        <w:gridCol w:w="2282"/>
+        <w:gridCol w:w="2284"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="2254"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C6B69" w:rsidRPr="00313289" w14:paraId="68431EB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="790014"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E82AFEA" w14:textId="77777777" w:rsidR="000C6B69" w:rsidRPr="00313289" w:rsidRDefault="000C6B69" w:rsidP="00AC2417">
             <w:pPr>
               <w:pStyle w:val="AbstractHead"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="ms-MY" w:eastAsia="en-MY"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313289">
               <w:rPr>
                 <w:lang w:val="ms-MY" w:eastAsia="en-MY"/>
               </w:rPr>
@@ -2960,299 +2960,283 @@
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>menamatkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>tuntutan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>kewangan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve">. Ia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>memindahkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>instrumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>daripada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>peminjam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>pembiaya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
-        <w:t>Ia</w:t>
-[...15 lines deleted...]
-        <w:t>memindahkan</w:t>
+        <w:t>Tujuannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>penjualan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>pembelian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>instrumen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t>peminjam</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>Pemilik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>pemegang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>instrumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>mudah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>tunai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>boleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>menukarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>aset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA6922">
+        <w:t>mereka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>kepada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
-        <w:t>pembiaya</w:t>
-[...94 lines deleted...]
-      <w:r w:rsidRPr="00EA6922">
         <w:t>tunai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
-        <w:t>boleh</w:t>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00EA6922">
         <w:t>tanpa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>mengalami</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>sebarang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>kerugian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Ia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>adalah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>satu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t>cara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA6922">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3354,54 +3338,54 @@
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidRPr="00A43A08">
         <w:t>2</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>: List of respondents</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1556"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1519"/>
+        <w:gridCol w:w="2777"/>
+        <w:gridCol w:w="3083"/>
+        <w:gridCol w:w="1637"/>
       </w:tblGrid>
       <w:tr w:rsidR="00666C4F" w:rsidRPr="00A43A08" w14:paraId="24E8DF58" w14:textId="77777777" w:rsidTr="00BB3C37">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A61ADEF" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A43A08">
               <w:t>Responden</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="005A6865" w14:textId="77777777" w:rsidR="00666C4F" w:rsidRPr="00A43A08" w:rsidRDefault="00666C4F" w:rsidP="00BB3C37">
             <w:pPr>
               <w:pStyle w:val="UMRAN-Table"/>
             </w:pPr>
@@ -4675,61 +4659,61 @@
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B4858" w:rsidRPr="00792083" w:rsidSect="00C4795C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69A0B08A" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
+    <w:p w14:paraId="761D0CD2" w14:textId="77777777" w:rsidR="00653CC6" w:rsidRDefault="00653CC6" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="533EAD33" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
+    <w:p w14:paraId="33D09968" w14:textId="77777777" w:rsidR="00653CC6" w:rsidRDefault="00653CC6" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4773,53 +4757,53 @@
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="709E6764" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08" w:rsidP="00774493">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
@@ -4903,115 +4887,81 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AE0E4A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="349E812B" w14:textId="63BA87B8" w:rsidR="002317C2" w:rsidRPr="004D7F7E" w:rsidRDefault="002317C2" w:rsidP="002317C2">
+  <w:p w14:paraId="43F4A596" w14:textId="1B7D0D5A" w:rsidR="002317C2" w:rsidRPr="007835F7" w:rsidRDefault="007835F7">
     <w:pPr>
-      <w:pStyle w:val="Copyright"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="_Hlk159401004"/>
-[...2 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>202</w:t>
+      <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidR="00446FB4">
-[...28 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F28F63A" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
+    <w:p w14:paraId="3ACD02C1" w14:textId="77777777" w:rsidR="00653CC6" w:rsidRDefault="00653CC6" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0268AE47" w14:textId="77777777" w:rsidR="002944A9" w:rsidRDefault="002944A9" w:rsidP="007C0F25">
+    <w:p w14:paraId="31E6CFFA" w14:textId="77777777" w:rsidR="00653CC6" w:rsidRDefault="00653CC6" w:rsidP="007C0F25">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7707E635" w14:textId="77777777" w:rsidR="00A43A08" w:rsidRDefault="00A43A08" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F86031">
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
@@ -5107,87 +5057,87 @@
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve">UMRAN - International Journal of Islamic and Civilizational Studies </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2031E681" w14:textId="77777777" w:rsidR="00124876" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>http://jurnalumran.utm.my</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3564A88C" w14:textId="62234EE5" w:rsidR="00124876" w:rsidRPr="004D1574" w:rsidRDefault="00124876" w:rsidP="00124876">
+  <w:p w14:paraId="3564A88C" w14:textId="72C2AC00" w:rsidR="00124876" w:rsidRPr="004D1574" w:rsidRDefault="00124876" w:rsidP="00124876">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="26"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>eISSN</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="004D1574">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>289-</w:t>
     </w:r>
-    <w:r w:rsidR="00B9407D">
+    <w:r w:rsidR="007835F7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>204</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C696E790"/>
@@ -7023,88 +6973,75 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="530335929">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="128059405">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1787508164">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="296103707">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="MacDisableGlyphATSUI" w:val="0"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00AE0E4A"/>
     <w:rsid w:val="00002217"/>
     <w:rsid w:val="00006244"/>
     <w:rsid w:val="00007305"/>
     <w:rsid w:val="00010F0B"/>
     <w:rsid w:val="00015F06"/>
     <w:rsid w:val="000169D8"/>
     <w:rsid w:val="00022423"/>
     <w:rsid w:val="00023A91"/>
     <w:rsid w:val="000315A2"/>
     <w:rsid w:val="00033A02"/>
     <w:rsid w:val="00037236"/>
     <w:rsid w:val="00037C39"/>
     <w:rsid w:val="00045CD0"/>
     <w:rsid w:val="00047DB0"/>
     <w:rsid w:val="000555BB"/>
     <w:rsid w:val="00056646"/>
     <w:rsid w:val="000570C7"/>
     <w:rsid w:val="00060670"/>
@@ -7203,51 +7140,50 @@
     <w:rsid w:val="002067FC"/>
     <w:rsid w:val="00207D93"/>
     <w:rsid w:val="0021067F"/>
     <w:rsid w:val="00212A05"/>
     <w:rsid w:val="0021376E"/>
     <w:rsid w:val="002146D0"/>
     <w:rsid w:val="00215161"/>
     <w:rsid w:val="0021573A"/>
     <w:rsid w:val="00220447"/>
     <w:rsid w:val="00222B8A"/>
     <w:rsid w:val="002317C2"/>
     <w:rsid w:val="00232803"/>
     <w:rsid w:val="00235BA7"/>
     <w:rsid w:val="0024039F"/>
     <w:rsid w:val="00255880"/>
     <w:rsid w:val="00256152"/>
     <w:rsid w:val="00262DF6"/>
     <w:rsid w:val="00263B37"/>
     <w:rsid w:val="0026589E"/>
     <w:rsid w:val="00276820"/>
     <w:rsid w:val="00276A98"/>
     <w:rsid w:val="00277A21"/>
     <w:rsid w:val="00281773"/>
     <w:rsid w:val="0028690B"/>
     <w:rsid w:val="00293AC9"/>
-    <w:rsid w:val="002944A9"/>
     <w:rsid w:val="002957CA"/>
     <w:rsid w:val="00297590"/>
     <w:rsid w:val="002B0597"/>
     <w:rsid w:val="002B144B"/>
     <w:rsid w:val="002B1C92"/>
     <w:rsid w:val="002B2E2C"/>
     <w:rsid w:val="002C1EB4"/>
     <w:rsid w:val="002C72DE"/>
     <w:rsid w:val="002D3FA4"/>
     <w:rsid w:val="002F0282"/>
     <w:rsid w:val="002F160B"/>
     <w:rsid w:val="002F1AF1"/>
     <w:rsid w:val="002F58B6"/>
     <w:rsid w:val="003012DB"/>
     <w:rsid w:val="003066B8"/>
     <w:rsid w:val="00306963"/>
     <w:rsid w:val="00307B8E"/>
     <w:rsid w:val="00310E58"/>
     <w:rsid w:val="00313289"/>
     <w:rsid w:val="0031519A"/>
     <w:rsid w:val="00324AD4"/>
     <w:rsid w:val="00325AA4"/>
     <w:rsid w:val="00327390"/>
     <w:rsid w:val="003308D7"/>
     <w:rsid w:val="0033139E"/>
@@ -7370,50 +7306,51 @@
     <w:rsid w:val="005A6187"/>
     <w:rsid w:val="005B2DA6"/>
     <w:rsid w:val="005C2BF9"/>
     <w:rsid w:val="005C36D1"/>
     <w:rsid w:val="005C39AB"/>
     <w:rsid w:val="005C64F1"/>
     <w:rsid w:val="005D1EAB"/>
     <w:rsid w:val="005E790F"/>
     <w:rsid w:val="005F7688"/>
     <w:rsid w:val="00600318"/>
     <w:rsid w:val="00600D82"/>
     <w:rsid w:val="006038CB"/>
     <w:rsid w:val="00606189"/>
     <w:rsid w:val="0062024D"/>
     <w:rsid w:val="006223BC"/>
     <w:rsid w:val="006237B5"/>
     <w:rsid w:val="00630789"/>
     <w:rsid w:val="006319C7"/>
     <w:rsid w:val="00635E97"/>
     <w:rsid w:val="00635FD4"/>
     <w:rsid w:val="00641410"/>
     <w:rsid w:val="00642371"/>
     <w:rsid w:val="00643B03"/>
     <w:rsid w:val="006504F8"/>
     <w:rsid w:val="00652BAA"/>
+    <w:rsid w:val="00653CC6"/>
     <w:rsid w:val="00656CAE"/>
     <w:rsid w:val="0066377E"/>
     <w:rsid w:val="00666C4F"/>
     <w:rsid w:val="00666F0A"/>
     <w:rsid w:val="006762D6"/>
     <w:rsid w:val="00680EF0"/>
     <w:rsid w:val="006835D4"/>
     <w:rsid w:val="006850E5"/>
     <w:rsid w:val="00687858"/>
     <w:rsid w:val="00687A0D"/>
     <w:rsid w:val="00693D96"/>
     <w:rsid w:val="006A3B17"/>
     <w:rsid w:val="006A5783"/>
     <w:rsid w:val="006A6125"/>
     <w:rsid w:val="006B20A9"/>
     <w:rsid w:val="006B58DB"/>
     <w:rsid w:val="006C0492"/>
     <w:rsid w:val="006C6C66"/>
     <w:rsid w:val="006D59BF"/>
     <w:rsid w:val="006D59D5"/>
     <w:rsid w:val="006D5F10"/>
     <w:rsid w:val="006D6DFA"/>
     <w:rsid w:val="006D7AC0"/>
     <w:rsid w:val="006E11C8"/>
     <w:rsid w:val="006E1855"/>
@@ -7427,59 +7364,61 @@
     <w:rsid w:val="007057CB"/>
     <w:rsid w:val="00706A09"/>
     <w:rsid w:val="0071288A"/>
     <w:rsid w:val="00720BBD"/>
     <w:rsid w:val="00722B41"/>
     <w:rsid w:val="00722E9F"/>
     <w:rsid w:val="00730413"/>
     <w:rsid w:val="0073051F"/>
     <w:rsid w:val="00730FB9"/>
     <w:rsid w:val="00732390"/>
     <w:rsid w:val="00732F7E"/>
     <w:rsid w:val="00735605"/>
     <w:rsid w:val="00736C1C"/>
     <w:rsid w:val="00743CE8"/>
     <w:rsid w:val="00745B4B"/>
     <w:rsid w:val="0074713E"/>
     <w:rsid w:val="00747F01"/>
     <w:rsid w:val="007641B2"/>
     <w:rsid w:val="00765229"/>
     <w:rsid w:val="007657DD"/>
     <w:rsid w:val="00766EEF"/>
     <w:rsid w:val="00770909"/>
     <w:rsid w:val="00774049"/>
     <w:rsid w:val="00774493"/>
     <w:rsid w:val="007770C8"/>
+    <w:rsid w:val="007835F7"/>
     <w:rsid w:val="00785D7F"/>
     <w:rsid w:val="00787D7E"/>
     <w:rsid w:val="00790F93"/>
     <w:rsid w:val="00791990"/>
     <w:rsid w:val="00792083"/>
     <w:rsid w:val="00794B9E"/>
     <w:rsid w:val="00795DCA"/>
     <w:rsid w:val="007968BC"/>
     <w:rsid w:val="007971A9"/>
+    <w:rsid w:val="007A442C"/>
     <w:rsid w:val="007B050B"/>
     <w:rsid w:val="007B2D3F"/>
     <w:rsid w:val="007B52A1"/>
     <w:rsid w:val="007B5350"/>
     <w:rsid w:val="007B5CD3"/>
     <w:rsid w:val="007C004A"/>
     <w:rsid w:val="007C0F25"/>
     <w:rsid w:val="007C0FE4"/>
     <w:rsid w:val="007C2EE4"/>
     <w:rsid w:val="007C79C1"/>
     <w:rsid w:val="007D3F3A"/>
     <w:rsid w:val="007D5FDF"/>
     <w:rsid w:val="007E00BF"/>
     <w:rsid w:val="007E5440"/>
     <w:rsid w:val="007F11C0"/>
     <w:rsid w:val="008008F7"/>
     <w:rsid w:val="00803A1E"/>
     <w:rsid w:val="00805937"/>
     <w:rsid w:val="0081161A"/>
     <w:rsid w:val="008123D3"/>
     <w:rsid w:val="0081383C"/>
     <w:rsid w:val="008254D4"/>
     <w:rsid w:val="008303CF"/>
     <w:rsid w:val="00831EE0"/>
     <w:rsid w:val="00832070"/>
@@ -7657,53 +7596,51 @@
     <w:rsid w:val="00B07E66"/>
     <w:rsid w:val="00B10656"/>
     <w:rsid w:val="00B14068"/>
     <w:rsid w:val="00B169B6"/>
     <w:rsid w:val="00B21771"/>
     <w:rsid w:val="00B226A2"/>
     <w:rsid w:val="00B2304A"/>
     <w:rsid w:val="00B23BD0"/>
     <w:rsid w:val="00B262A5"/>
     <w:rsid w:val="00B319AB"/>
     <w:rsid w:val="00B346AB"/>
     <w:rsid w:val="00B43A5D"/>
     <w:rsid w:val="00B46845"/>
     <w:rsid w:val="00B47879"/>
     <w:rsid w:val="00B5109A"/>
     <w:rsid w:val="00B61B0D"/>
     <w:rsid w:val="00B63715"/>
     <w:rsid w:val="00B71FAA"/>
     <w:rsid w:val="00B73CDE"/>
     <w:rsid w:val="00B742CE"/>
     <w:rsid w:val="00B7499F"/>
     <w:rsid w:val="00B7626D"/>
     <w:rsid w:val="00B779F1"/>
     <w:rsid w:val="00B81A8E"/>
     <w:rsid w:val="00B85801"/>
-    <w:rsid w:val="00B9407D"/>
     <w:rsid w:val="00BA4EC3"/>
-    <w:rsid w:val="00BA6C9F"/>
     <w:rsid w:val="00BB055D"/>
     <w:rsid w:val="00BB153D"/>
     <w:rsid w:val="00BB4A86"/>
     <w:rsid w:val="00BB5398"/>
     <w:rsid w:val="00BB69BC"/>
     <w:rsid w:val="00BC07D9"/>
     <w:rsid w:val="00BC181E"/>
     <w:rsid w:val="00BC3112"/>
     <w:rsid w:val="00BC3D04"/>
     <w:rsid w:val="00BC454E"/>
     <w:rsid w:val="00BC4F82"/>
     <w:rsid w:val="00BC6952"/>
     <w:rsid w:val="00BD269E"/>
     <w:rsid w:val="00BD42F0"/>
     <w:rsid w:val="00BE0276"/>
     <w:rsid w:val="00BE31FD"/>
     <w:rsid w:val="00BE7E3A"/>
     <w:rsid w:val="00BF09CD"/>
     <w:rsid w:val="00BF0C6A"/>
     <w:rsid w:val="00BF45C8"/>
     <w:rsid w:val="00BF7FAF"/>
     <w:rsid w:val="00C022C9"/>
     <w:rsid w:val="00C1118C"/>
     <w:rsid w:val="00C13248"/>
     <w:rsid w:val="00C13691"/>
@@ -10222,74 +10159,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1296</Words>
-  <Characters>7663</Characters>
+  <Words>1442</Words>
+  <Characters>7517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>478</Lines>
-  <Paragraphs>358</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8601</CharactersWithSpaces>
+  <CharactersWithSpaces>8920</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>589901</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www2.esyariah.gov.my/esyariah/mal/portalv1/enakmen/State_Enact_Upd.nsf/f831ccddd195843f48256fc600141e84/ca9cc9e2f91e354748257115000d69dd?OpenDocument</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4063307</vt:i4>
       </vt:variant>
       <vt:variant>